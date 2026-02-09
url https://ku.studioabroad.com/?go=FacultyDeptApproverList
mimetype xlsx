--- v0 (2025-12-24)
+++ v1 (2026-02-09)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a663w722\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a663w722\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{623D2191-BEBD-46E6-8CDA-7C458EC6DBE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DA401ABE-718D-4CD9-BD7C-B13CF36EF8D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EC151621-CE30-42E6-B485-F8E5A734BCE4}"/>
+    <workbookView xWindow="2025" yWindow="405" windowWidth="23790" windowHeight="15075" xr2:uid="{EC151621-CE30-42E6-B485-F8E5A734BCE4}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -461,84 +461,78 @@
   <si>
     <t>Rita Riley</t>
   </si>
   <si>
     <t>rriley@ku.edu</t>
   </si>
   <si>
     <t>Education Program Coordinator</t>
   </si>
   <si>
     <t>Philosophy</t>
   </si>
   <si>
     <t>Physics &amp; Astronomy</t>
   </si>
   <si>
     <t>Christopher Fischer</t>
   </si>
   <si>
     <t>shark@ku.edu</t>
   </si>
   <si>
     <t>Political Science</t>
   </si>
   <si>
-    <t>Kevin Mullinix</t>
-[...4 lines deleted...]
-  <si>
     <t>Psychology</t>
   </si>
   <si>
     <t>Marsha McCartney</t>
   </si>
   <si>
     <t>mccartneymj@ku.edu</t>
   </si>
   <si>
     <t>Associate Teaching Professor</t>
   </si>
   <si>
     <t>Public Affairs &amp; Administration</t>
   </si>
   <si>
     <t>Relgious Studies</t>
   </si>
   <si>
     <t>Russian, East European &amp; Eurasian Studies</t>
   </si>
   <si>
+    <t>Marie-Alice L'Heureux</t>
+  </si>
+  <si>
+    <t>malheur@ku.edu</t>
+  </si>
+  <si>
     <t>Slavic Language &amp; Literature</t>
-  </si>
-[...4 lines deleted...]
-    <t>smd@ku.edu</t>
   </si>
   <si>
     <t>Social Welfare</t>
   </si>
   <si>
     <t>Kristin Trendel</t>
   </si>
   <si>
     <t>katrendel@ku.edu</t>
   </si>
   <si>
     <t>Sociology</t>
   </si>
   <si>
     <t>Spanish &amp; Portuguese</t>
   </si>
   <si>
     <t>Mikhayla Sheeley</t>
   </si>
   <si>
     <t>msheeley@ku.edu</t>
   </si>
   <si>
     <t>Senior Academic Advisor</t>
   </si>
@@ -784,84 +778,90 @@
   <si>
     <t>samuelbrody@ku.edu</t>
   </si>
   <si>
     <t xml:space="preserve">Spanish, Portugese </t>
   </si>
   <si>
     <t>French, German, Hebrew</t>
   </si>
   <si>
     <t>Paul Scott</t>
   </si>
   <si>
     <t>pascott@ku.edu</t>
   </si>
   <si>
     <t>Ben Chappell</t>
   </si>
   <si>
     <t>bchap@ku.edu</t>
   </si>
   <si>
     <t>KU Study Abroad Departmental Approvers 2025-2026</t>
   </si>
   <si>
-    <t>Josee Hoshaw</t>
-[...4 lines deleted...]
-  <si>
     <t>Economics Department Undergraduate Program Manager</t>
   </si>
   <si>
     <t>Brooke Stock</t>
   </si>
   <si>
     <t>bstock@ku.edu</t>
   </si>
   <si>
     <t>Program Coordinator, Study Abroad &amp; Global Engagement</t>
   </si>
   <si>
     <t>David Wiley</t>
   </si>
   <si>
     <t>dwiley@ku.edu</t>
   </si>
   <si>
     <t>The following is a list of KU Departmental Approvers designated to establish and approve KU course equivalencies for courses taken abroad. These faculty/staff members will assign course approvals on the Academic Plan &amp; Approval form as part of the Study Abroad application, and the credit worksheet upon the student's return from abroad.</t>
   </si>
   <si>
     <t>Faculty in the department read Spanish and Portuguese.</t>
   </si>
   <si>
-    <t>Martin Nedbal</t>
-[...2 lines deleted...]
-    <t>mnedbal@ku.edu</t>
+    <t>Jack Zhang</t>
+  </si>
+  <si>
+    <t>jiakunzhang@ku.edu</t>
+  </si>
+  <si>
+    <t>Renee Perelmutter</t>
+  </si>
+  <si>
+    <t>rperel@ku.edu</t>
+  </si>
+  <si>
+    <t>Rachel Eckberg</t>
+  </si>
+  <si>
+    <t>racheleckberg@ku.edu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="48"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -1294,168 +1294,168 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34773297-DF44-4A75-8B31-D6058646B115}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E78"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A26" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D58" sqref="D58"/>
+    <sheetView tabSelected="1" topLeftCell="A14" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="66.42578125" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="58.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="57.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="63.75" x14ac:dyDescent="1">
       <c r="A1" s="14" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B1" s="14"/>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="14"/>
     </row>
     <row r="3" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="15" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
       <c r="E3" s="15"/>
     </row>
     <row r="5" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="11" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="3"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="3"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="3"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
@@ -1501,119 +1501,119 @@
       </c>
       <c r="E14" s="2"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E16" s="2"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="2"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>256</v>
+      </c>
+      <c r="C20" s="16" t="s">
+        <v>257</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>54</v>
       </c>
@@ -1623,114 +1623,114 @@
       <c r="D22" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="2"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="3"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C24" s="11" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E24" s="2"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="2"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C28" s="11" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E28" s="2"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>75</v>
       </c>
@@ -1743,86 +1743,86 @@
       <c r="D30" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E30" s="2"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C32" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C33" s="12" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E33" s="3"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C34" s="11" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E34" s="2"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>87</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>89</v>
       </c>
@@ -1852,57 +1852,57 @@
       <c r="D37" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="3"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E38" s="2"/>
     </row>
     <row r="39" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C39" s="13" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E39" s="3"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="2"/>
     </row>
     <row r="41" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>100</v>
       </c>
@@ -1957,51 +1957,51 @@
       </c>
       <c r="C44" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>116</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E46" s="2"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C47" s="3" t="s">
@@ -2021,496 +2021,496 @@
       <c r="B48" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E48" s="2"/>
     </row>
     <row r="49" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>129</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>135</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>136</v>
       </c>
       <c r="E51" s="3"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C52" s="11" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>140</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>252</v>
+      </c>
+      <c r="C54" t="s">
+        <v>253</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E54" s="2"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C55" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="D55" s="3" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E55" s="3"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B56" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C56" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="C56" s="11" t="s">
+      <c r="E56" s="2" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C57" s="12" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C58" s="2" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E58" s="2"/>
     </row>
     <row r="59" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="C59" s="7" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="6"/>
     </row>
     <row r="60" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>192</v>
       </c>
-      <c r="B60" s="8" t="s">
+      <c r="D60" s="8" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E60" s="8"/>
     </row>
     <row r="61" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C61" s="7" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="6"/>
     </row>
     <row r="62" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>199</v>
       </c>
-      <c r="B62" s="8" t="s">
+      <c r="D62" s="8" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E62" s="8"/>
     </row>
     <row r="63" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="C63" s="7" t="s">
         <v>203</v>
       </c>
-      <c r="B63" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" s="6" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E63" s="6"/>
     </row>
     <row r="64" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="8"/>
     </row>
     <row r="65" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="C65" s="7" t="s">
         <v>207</v>
       </c>
-      <c r="B65" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65" s="6" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E65" s="6"/>
     </row>
     <row r="66" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="B66" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" s="8" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E66" s="8"/>
     </row>
     <row r="67" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="C67" s="7" t="s">
         <v>213</v>
       </c>
-      <c r="B67" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" s="6" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E67" s="6"/>
     </row>
     <row r="68" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B68" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>216</v>
       </c>
-      <c r="B68" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68" s="8" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E68" s="8"/>
     </row>
     <row r="69" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E69" s="7"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>254</v>
+      </c>
+      <c r="C70" t="s">
+        <v>255</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E70" s="2"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C71" s="3" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E71" s="3"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="2"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C73" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B73" s="3" t="s">
+      <c r="D73" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="12" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="2"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C76" s="11" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E76" s="2"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C77" s="12" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="3"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" s="2" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <conditionalFormatting sqref="A5:E5">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>